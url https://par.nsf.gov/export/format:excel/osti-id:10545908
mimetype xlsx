--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10545908</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>EU Cyber Resilience Act: Socio-Technical and Research Challenges (Dagstuhl Seminar 24112)</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Preda, Milla Dalla; Egelman, Serge; Mandalari, Anna Maria; Stocker, Volker; Tapiador, Juan; Vallina-Rodriguez, Narseo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-19T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>52-74</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This report documents the program and the outcomes of Dagstuhl Seminar "EU Cyber Resilience Act: Socio-Technical and Research Challenges" (24112). This timely seminar brought together experts in computer science, tech policy, and economics, as well as industry stakeholders, national agencies, and regulators to identify new research challenges posed by the EU Cyber Resilience Act (CRA), a new EU regulation that aims to set essential cybersecurity requirements for digital products to be permissible in the EU market. The seminar focused on analyzing the proposed text and standards for identifying obstacles in standardization, developer practices, user awareness, and software analysis methods for easing adoption, certification, and enforcement. Seminar participants noted the complexity of designing meaningful cybersecurity regulations and of aligning regulatory requirements with technological advancements, market trends, and vendor incentives, referencing past challenges with GDPR and COPPA adoption and compliance. The seminar also emphasized the importance of regulators, marketplaces, and both mobile and IoT platforms in eliminating malicious and deceptive actors from the market, and promoting transparent security practices from vendors and their software supply chain. The seminar showed the need for multi-disciplinary and collaborative efforts to support the CRA’s successful implementation and enhance cybersecurity across the EU.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2217771</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Workshop Report</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Dagstuhl Reports</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>