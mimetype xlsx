--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10545964</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/ad4a57</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Migration and Evolution of giant ExoPlanets (MEEP). I. Nine Newly Confirmed Hot Jupiters from the TESS Mission</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Schulte, Jack; Rodriguez, Joseph E; Bieryla, Allyson; Quinn, Samuel N; Collins, Karen A; Yee, Samuel W; Nine, Andrew C; Soares-Furtado, Melinda; Latham, David W; Eastman, Jason D; Barkaoui, Khalid; Ciardi, David R; Dragomir, Diana; Everett, Mark E; Giacalone, Steven; Mireles, Ismael; Murgas, Felipe; Narita, Norio; Shporer, Avi; Strakhov, Ivan A; Striegel, Stephanie; Vaňko, Martin; Vowell, Noah; Wang, Gavin; Ziegler, Carl; Bellaver, Michael; Benni, Paul; Bergeron, Serge; Boffin, Henri_M J; Briceño, César; Clark, Catherine A; Collins, Kevin I; de_Leon, Jerome P; Dressing, Courtney D; Evans, Phil; Esparza-Borges, Emma; Fedewa, Jeremy; Fukui, Akihiko; Gan, Tianjun; Gerasimov, Ivan S; Hartman, Joel D; Gill, Holden; Gillon, Michaël; Horne, Keith; Grau_Horta, Ferran; Howell, Steve B; Isogai, Keisuke; Jehin, Emmanuël; Jenkins, Jon M; Karjalainen, Raine; Kielkopf, John F; Lester, Kathryn V; Littlefield, Colin; Lund, Michael B; Mann, Andrew W; McCormack, Mason; Michaels, Edward J; Painter, Shane; Palle, Enric; Parviainen, Hannu; Peterson, David-Michael; Pozuelos, Francisco J; Raup, Zachary; Reed, Phillip; Relles, Howard M; Ricker, George R; Savel, Arjun B; Schwarz, Richard P; Seager, S; Sefako, Ramotholo; Srdoc, Gregor; Stockdale, Chris; Sullivan, Hannah; Timmermans, Mathilde; Winn, Joshua N</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-06-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>168</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Hot Jupiters were many of the first exoplanets discovered in the 1990s, but in the decades since their discovery the mysteries surrounding their origins have remained. Here we present nine new hot Jupiters (TOI-1855 b, TOI-2107 b, TOI-2368 b, TOI-3321 b, TOI-3894 b, TOI-3919 b, TOI-4153 b, TOI-5232 b, and TOI-5301 b) discovered by NASA’s&lt;monospace&gt;TESS&lt;/monospace&gt;mission and confirmed using ground-based imaging and spectroscopy. These discoveries are the first in a series of papers named the Migration and Evolution of giant ExoPlanets survey and are part of an ongoing effort to build a complete sample of hot Jupiters orbiting FGK stars, with a limiting Gaia&lt;italic&gt;G&lt;/italic&gt;-band magnitude of 12.5. This effort aims to use homogeneous detection and analysis techniques to generate a set of precisely measured stellar and planetary properties that is ripe for statistical analysis. The nine planets presented in this work occupy a range of masses (0.55&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;J&lt;/sub&gt;&lt;&lt;italic&gt;M&lt;sub&gt;P&lt;/sub&gt;&lt;/italic&gt;&lt; 3.88&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;J&lt;/sub&gt;) and sizes (0.967&lt;italic&gt;R&lt;/italic&gt;&lt;sub&gt;J&lt;/sub&gt;&lt;&lt;italic&gt;R&lt;sub&gt;P&lt;/sub&gt;&lt;/italic&gt;&lt; 1.438&lt;italic&gt;R&lt;/italic&gt;&lt;sub&gt;J&lt;/sub&gt;) and orbit stars that have an effective temperature in the range of 5360 K &lt;&lt;italic&gt;T&lt;/italic&gt;&lt;sub&gt;eff&lt;/sub&gt;&lt; 6860 K with Gaia&lt;italic&gt;G&lt;/italic&gt;-band magnitudes ranging from 11.1 to 12.7. Two of the planets in our sample have detectable orbital eccentricity: TOI-3919 b (&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;mi&gt;e&lt;/mi&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;0.259&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.036&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.033&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;/inline-formula&gt;) and TOI-5301 b (&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;mi&gt;e&lt;/mi&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;0.33&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.10&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.11&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;/inline-formula&gt;). These eccentric planets join a growing sample of eccentric hot Jupiters that are consistent with high-eccentricity tidal migration, one of the three most prominent theories explaining hot Jupiter formation and evolution.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1952545</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Astronomical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>