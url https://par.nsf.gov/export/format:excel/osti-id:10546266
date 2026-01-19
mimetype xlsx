--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -125,51 +125,51 @@
   <si>
     <t>2024-07-01T04:00:00Z</t>
   </si>
   <si>
     <t>Bulletin of the American Meteorological Society</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>E1074 to E1083</t>
   </si>
   <si>
     <t>0003-0007</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The Hawai‘i Climate Data Portal (HCDP) is designed to facilitate streamlined access to a wide variety of climate data and information for the State of Hawai‘i. Prior to the development of the HCDP, gridded climate products and point datasets were fragmented, outdated, not easily accessible, and not available in near–real time. To address these limitations, HCDP researchers developed the cyberinfrastructure necessary to 1) operationalize data acquisition and product production in a near-real-time environment and 2) make data and products easily accessible to a wide range of users. The HCDP hosts several high-resolution (250 m) gridded products including monthly rainfall and daily temperature (maximum, minimum, and mean), station data, and gridded future projections of rainfall and temperature. HCDP users can visualize both gridded and point data, create and download custom maps, and query station and gridded data for export with relative ease. The “virtual station” feature allows users to create a climate time series at any grid point. The primary objective of the HCDP is to promote sharing and access to data and information to streamline research activities, improve awareness, and promote the development of tools and resources that can help to build adaptive capacities. The HCDP products have the potential to serve a wide range of users including researchers, resource managers, city planners, engineers, teachers, students, civil society organizations, and the broader community.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2005506</t>
+    <t>2005506; 2117975</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Meteorological Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>