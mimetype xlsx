--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10546389</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Federated Learning with Local Openset Noisy Labels</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Di, Zonglin; Zhu, Zhaowei; Li, Xiaoxiao; Liu, Yang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-29T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Federated learning (FL) is a learning paradigm that allows the central server to learn from different data sources while keeping the data private locally. Without controlling and monitoring the local data collection process, the locally available training labels are likely noisy, i.e., the collected training labels differ from the unobservable ground truth. Additionally, in heterogenous FL, each local client may only have access to a subset of label space (referred to as openset label learning), meanwhile without overlapping with others. In this work, we study the challenge of FL with local openset noisy labels. We observe that many existing solutions in the noisy label literature, e.g., loss correction, are ineffective during local training due to overfitting to noisy labels and being not generalizable to openset labels. For the methods in FL, different estimated metrics are shared. To address the problems, we design a label communication mechanism that shares "contrastive labels" randomly selected from clients with the server. The privacy of the shared contrastive labels is protected by label differential privacy (DP). Both the DP guarantee and the effectiveness of our approach are theoretically guaranteed. Compared with several baseline methods, our solution shows its efficiency in several public benchmarks and real-world datasets under different noise ratios and noise models.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2007951; 2143895</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>European Conference on Computer Vision</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>