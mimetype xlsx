--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -95,75 +95,75 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10546882</t>
   </si>
   <si>
     <t>https://doi.org/10.1177/0018720819876141</t>
   </si>
   <si>
     <t>Interventions to Mitigate Fatigue Induced by Physical Work: A Systematic Review of Research Quality and Levels of Evidence for Intervention Efficacy</t>
   </si>
   <si>
-    <t>Lu, Lin [Auburn University, Alabama, USA]; Megahed, Fadel_M [Miami University, Oxford, Ohio, USA]; Cavuoto, Lora_A [University at Buffalo, New York, USA] (ORCID:0000000347178378)</t>
+    <t>Lu, Lin; Megahed, Fadel_M; Cavuoto, Lora_A (ORCID:0000000347178378)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2019-10-09T04:00:00Z</t>
   </si>
   <si>
     <t>Human Factors: The Journal of the Human Factors and Ergonomics Society</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>0018-7208</t>
   </si>
   <si>
     <t>&lt;sec&gt;&lt;title&gt;Objective&lt;/title&gt;&lt;p&gt;We present a literature review on workplace physical fatigue interventions, focusing on evaluating the methodological quality and strength of evidence.&lt;/p&gt;&lt;/sec&gt;
  &lt;sec&gt;&lt;title&gt;Background&lt;/title&gt;&lt;p&gt;Physical fatigue is a recognized workplace problem, with negative effects on performance and health-related complaints. Although many studies have focused on the mechanisms and consequences of fatigue, few have considered the effectiveness of interventions to mitigate fatigue.&lt;/p&gt;&lt;/sec&gt;
  &lt;sec&gt;&lt;title&gt;Method&lt;/title&gt;&lt;p&gt;A systematic review of the workplace safety literature for controlled trials of physical fatigue interventions was conducted. Data on intervention type, subject characteristics, targeted tasks and body locations, outcome measures, and study design were extracted. The methodological quality for each study was evaluated using the PEDro scale, and the level of evidence was based on quality, amount, and consistency.&lt;/p&gt;&lt;/sec&gt;
- &lt;sec&gt;&lt;title&gt;Results&lt;/title&gt;&lt;p&gt;Forty-five controlled trials were reviewed, examining 18 interventions. We categorized those interventions into individual-focused ( N = 28 studies, nine interventions), workplace-focused ( N = 12 studies, five interventions), and multiple interventions ( N = 5 studies, four interventions). We identified moderate evidence for interventions related to assistive devices and task variation. There was moderate evidence supporting no fatigue attenuation for the garment change category of interventions. The interventions in the remaining categories had limited to minimal evidence of efficacy. The heterogeneity of the included trials precludes the determination of effect size.&lt;/p&gt;&lt;/sec&gt;
+ &lt;sec&gt;&lt;title&gt;Results&lt;/title&gt;&lt;p&gt;Forty-five controlled trials were reviewed, examining 18 interventions. We categorized those interventions into individual-focused (&lt;italic toggle='yes'&gt;N&lt;/italic&gt;= 28 studies, nine interventions), workplace-focused (&lt;italic toggle='yes'&gt;N&lt;/italic&gt;= 12 studies, five interventions), and multiple interventions (&lt;italic toggle='yes'&gt;N&lt;/italic&gt;= 5 studies, four interventions). We identified moderate evidence for interventions related to assistive devices and task variation. There was moderate evidence supporting no fatigue attenuation for the garment change category of interventions. The interventions in the remaining categories had limited to minimal evidence of efficacy. The heterogeneity of the included trials precludes the determination of effect size.&lt;/p&gt;&lt;/sec&gt;
  &lt;sec&gt;&lt;title&gt;Conclusion&lt;/title&gt;&lt;p&gt;This review showed a lack of high levels of evidence for the effectiveness of most physical fatigue interventions.&lt;/p&gt;&lt;/sec&gt;
  &lt;sec&gt;&lt;title&gt;Application&lt;/title&gt;&lt;p&gt;Due to a lack of high levels of evidence for any category of reviewed physical fatigue interventions, further high-quality studies are needed to establish the efficacy of others.&lt;/p&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1635927</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>p. 151-191</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>SAGE Publications</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>