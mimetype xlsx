--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10547199</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Can It Edit? Evaluating the Ability of Large Language Models to Follow Code Editing Instructions</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Cassano, Federico; Li, Luisa; Sethi, Akul; Shinn, Noah; Brennan-Jones, Abby; Ginesin, Jacob; Berman, Edward; Chakhnashvili, George; Lozhkov, Anton; Anderson, Carolyn Jane; Guha, Arjun</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-07-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>A significant amount of research is focused on developing and evaluating large language models for a variety of code synthesis tasks. These include synthesizing code from natural language, synthesizing tests from code, and synthesizing explanations of code. In contrast, the behavior of instructional code editing with LLMs is understudied. These are tasks in which the model is provided a block of code and an instruction to modify the code. The editing instruction may ask for a feature to be added or removed, describe a bug and ask for a fix, or ask for a different kind of solution. We introduce a carefully crafted benchmark of code editing tasks and use it to evaluate several cutting edge LLMs. Our evaluation exposes a significant gap between the capabilities of state-of-the-art open and closed models. For example, even GPT-3.5-Turbo is better than the best open model at code editing tasks. We also introduce a new, carefully curated, permissively licensed training dataset of code editing tasks coupled with natural language instructions. Using this training dataset, we show that we can fine-tune open Code LLMs to significantly improve their code editing capabilities, closing the gap between open and closed models. All code, data, and models are available at https://github.com/nuprl/CanItEdit.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2052696</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Conference on Language Modeling</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Philadelphia, PA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>