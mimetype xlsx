--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10547415</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Cold Diffusion: Inverting Arbitrary Image Transforms Without Noise</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bansal, A; Borgnia, E; Chu, H-M; Li, J; Kazemi, H; Huang, F; Goldblum, M; Geiping, J; Goldstein, T</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-02-13T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Standard diffusion models involve an image transform -- adding Gaussian noise -- and an image restoration operator that inverts this degradation. We observe that the generative behavior of diffusion models is not strongly dependent on the choice of image degradation, and in fact, an entire family of generative models can be constructed by varying this choice. Even when using completely deterministic degradations (e.g., blur, masking, and more), the training and test-time update rules that underlie diffusion models can be easily generalized to create generative models. The success of these fully deterministic models calls into question the community's understanding of diffusion models, which relies on noise in either gradient Langevin dynamics or variational inference and paves the way for generalized diffusion models that invert arbitrary processes.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2229885; 2212182</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Advances in Neural Information Processing Systems</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>