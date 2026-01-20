--- v0 (2025-11-03)
+++ v1 (2026-01-20)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-10-01T04:00:00Z</t>
   </si>
   <si>
     <t>Astronomy &amp; Astrophysics</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>A17</t>
   </si>
   <si>
     <t>0004-6361</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;italic&gt;Context.&lt;/italic&gt;There is a growing number of peculiar events that cannot be assigned to any of the main classes. SN 1987A and a handful of similar objects, thought to be explosive outcomes of blue supergiant stars, is one of them: while their spectra closely resemble those of H-rich (IIP) SNe, their light curve (LC) evolution is very different.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Aims.&lt;/italic&gt;Here we present the detailed photometric and spectroscopic analysis of SN 2021aatd, a peculiar Type II explosion. While its early-time evolution resembles that of the slowly evolving double-peaked SN 2020faa (although at a lower luminosity scale), after ∼40 days its LC shape becomes similar to that of SN 1987A-like explosions.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Methods.&lt;/italic&gt;In addition to comparing LCs, color curves, and spectra of SN 2021aatd to those of SNe 2020faa, 1987A, and other objects, we compared the observed spectra with our own&lt;monospace&gt;SYN++&lt;/monospace&gt;models and with the outputs of published radiative transfer models. We also carried out a detailed modeling of the pseudo-bolometric LCs of SNe 2021aatd and 1987A with a self-developed semi-analytical code, assuming a two-component ejecta (core + shell), and involving the rotational energy of a newborn magnetar in addition to radioactive decay.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Results.&lt;/italic&gt;We find that the photometric and the spectroscopic evolution of SN 2021aatd can be well described with the explosion of a ∼15&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;blue supergiant star. Nevertheless, SN 2021aatd shows higher temperatures and weaker Na &lt;sc&gt;I&lt;/sc&gt;D and Ba &lt;sc&gt;II&lt;/sc&gt;6142 Å lines than SN 1987A, which is instead reminiscent of IIP-like atmospheres. With the applied two-component ejecta model (accounting for decay and magnetar energy), we can successfully describe the bolometric LC of SN 2021aatd, including the first ∼40-day phase showing an excess compared to 87A-like SNe, but being strikingly similar to that of the long-lived SN 2020faa. Nevertheless, finding a unified model that also explains the LCs of more luminous events (e.g., SN 2020faa) is still a matter of debate.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1911151</t>
+    <t>1911151; 1911225</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>A&amp;A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>