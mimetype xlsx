--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -105,50 +105,56 @@
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10547576</t>
   </si>
   <si>
     <t>https://doi.org/10.1002/adma.202410067</t>
   </si>
   <si>
     <t>Switching from Molecules to Functional Materials: Breakthroughs in Photochromism With MOFs</t>
   </si>
   <si>
     <t>Thaggard, Grace_C [Department of Chemistry and Biochemistry University of South Carolina  Columbia SC 29208 USA]; Kankanamalage, Buddhima_K_P_Maldeni [Department of Chemistry and Biochemistry University of South Carolina  Columbia SC 29208 USA]; Park, Kyoung_Chul [Department of Chemistry and Biochemistry University of South Carolina  Columbia SC 29208 USA]; Lim, Jaewoong [Department of Chemistry and Biochemistry University of South Carolina  Columbia SC 29208 USA]; Quetel, Molly_A [Department of Chemistry and Biochemistry University of South Carolina  Columbia SC 29208 USA]; Naik, Mamata [Department of Chemistry and Biochemistry University of South Carolina  Columbia SC 29208 USA]; Shustova, Natalia_B [Department of Chemistry and Biochemistry University of South Carolina  Columbia SC 29208 USA] (ORCID:0000000339521949)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-10-07T04:00:00Z</t>
   </si>
   <si>
     <t>Advanced Materials</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>52</t>
   </si>
   <si>
     <t>0935-9648</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Photochromic materials with properties that can be dynamically tailored as a function of external stimuli are a rapidly expanding field driven by applications in areas ranging from molecular computing, nanotechnology, or photopharmacology to programable heterogeneous catalysis. Challenges arise, however, when translating the rapid, solution‐like response of stimuli‐responsive moieties to solid‐state materials due to the intermolecular interactions imposed through close molecular packing in bulk solids. As a result, the integration of photochromic compounds into synthetically programable porous matrices, such as metal‐organic frameworks (MOFs), has come to the forefront as an emerging strategy for photochromic material development. This review highlights how the core principles of reticular chemistry (on the example of MOFs) play a critical role in the photochromic material performance, surpassing the limitations previously observed in solution or solid state. The symbiotic relationship between photoresponsive compounds and porous frameworks with a focus on how reticular synthesis creates avenues toward tailorable photoisomerization kinetics, directional energy and charge transfer, switchable gas sorption, and synergistic chromophore communication is discussed. This review not only focuses on the recent cutting‐edge advancements in photochromic material development, but also highlights novel, vital‐to‐pursue pathways for multifaceted functional materials in the realms of energy, technology, and biomedicine.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2103722; 2405868</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
@@ -291,81 +297,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>