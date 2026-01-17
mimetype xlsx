--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10547841</t>
   </si>
   <si>
     <t>https://doi.org/10.1177/19427786241285043</t>
   </si>
   <si>
     <t>Contesting “VIP urbanism”</t>
   </si>
   <si>
-    <t>Lauermann, John [School of Information, Pratt Institute, New York, NY, USA] (ORCID:0000000191143864); Alexander, Zoe [Department of Earth &amp; Environmental Sciences, The Graduate Center, City University of New York, New York, NY, USA]; Mallak, Khouloud [Department of Earth &amp; Environmental Sciences, The Graduate Center, City University of New York, New York, NY, USA]</t>
+    <t>Lauermann, John (ORCID:0000000191143864); Alexander, Zoe; Mallak, Khouloud</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-10-08T04:00:00Z</t>
   </si>
   <si>
     <t>Human Geography</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>1942-7786</t>
   </si>
   <si>
     <t>&lt;p&gt;We live in an age of extreme and worsening urban inequality. One result is the increased prevalence of “VIP urbanism”—the idea that cities govern land use through two sets of rules, one of them reserved for “very important people”. The first set of rules applies to most urbanites, through de jure laws and standardized bureaucratic policies. However, in many places a second set of practices operates quietly alongside the official rules, as a de facto system of loopholes, easements, exemptions, lobbying, and veto power that enable some actors to shape cities in ways that violate the spirit—and sometimes even the letter—of the law. This special issue presents empirical research and theoretical commentary on the VIP urbanism phenomenon, with cases including Bengaluru, Hong Kong, Milan, New York City, Paris, Valparaiso, and Venice. The authors identify how preferential treatment for elites has impacted urban governance in a diverse geography of cities, and evaluate how these practices have been contested by social movements and other urban stakeholders.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>