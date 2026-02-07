--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10547920</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.24963/ijcai.2024/1031</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Digital Avatars: Framework Development and Their Evaluation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rupprecht, Timothy; Chang, Sung-En; Wu, Yushu; Lu, Lei; Nan, Enfu; Li, Chih-hsiang; Lai, Caiyue; Li, Zhimin; Hu, Zhijun; He, Yumei; Kaeli, David; Wang, Yanzhi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>8780 to 8783</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>978-1-956792-04-1</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;We present a novel prompting strategy for artificial intelligence driven digital avatars. To better quantify how our prompting strategy affects anthropomorphic features like humor, authenticity, and favorability we present Crowd Vote - an adaptation of Crowd Score that allows for judges to elect a large language model (LLM) candidate over competitors answering the same or similar prompts. To visualize the responses of our LLM, and the effectiveness of our prompting strategy we propose an end-to-end framework for creating high-fidelity artificial intelligence (AI) driven digital avatars. This pipeline effectively captures an individual's essence for interaction and our streaming algorithm delivers a high-quality digital avatar with real-time audio-video streaming from server to mobile device. Both our visualization tool, and our Crowd Vote metrics demonstrate our AI driven digital avatars have state-of-the-art humor, authenticity, and favorability outperforming all competitors and baselines. In the case of our Donald Trump and Joe Biden avatars, their authenticity and favorability are rated higher than even their real-world equivalents.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2312158</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Joint Conferences on Artificial Intelligence Organization</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Jeju, South Korea</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>