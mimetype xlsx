--- v0 (2026-01-16)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="36">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,99 +86,78 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10512008</t>
-[...8 lines deleted...]
-    <t>Fan, Judith E; Bainbridge, Wilma A; Chamberlain, Rebecca; Wammes, Jeffrey D</t>
+    <t>10547932</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Schubert, Teresa</t>
-[...20 lines deleted...]
-    <t>Drawing is a cognitive tool that makes the invisible contents of mental life visible. Humans use this tool to produce a remarkable variety of pictures, from realistic portraits to schematic diagrams. Despite this variety and the prevalence of drawn images, the psychological mechanisms that enable drawings to be so versatile have yet to be fully explored. In this Review, we synthesize contemporary work in multiple areas of psychology, computer science and neuroscience that examines the cognitive processes involved in drawing production and comprehension. This body of findings suggests that the balance of contributions from perception, memory and social inference during drawing production varies depending on the situation, resulting in some drawings that are more realistic and other drawings that are more abstract. We also consider the use of drawings as a research tool for investigating various aspects of cognition, as well as the role that drawing has in facilitating learning and communication. Taken together, information about how drawings are used in different contexts illuminates the central role of visually grounded abstractions in human thought and behaviour.</t>
+    <t>tinyBenchmarks: evaluating LLMs with fewer examples</t>
+  </si>
+  <si>
+    <t>Maia_Polo, Felipe; Weber, Lucas; Choshen, Leshem; Sun, Yuekai; Xu, Gongjun; Yurochkin, Mikhail</t>
+  </si>
+  <si>
+    <t>2024-07-21T04:00:00Z</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2047191</t>
-[...5 lines deleted...]
-    <t>Journal Article</t>
+    <t>2027737</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>Conference Paper</t>
+  </si>
+  <si>
+    <t>Proceedings of Machine Learning Research</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -288,98 +267,86 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
-      <c r="F2" t="s" s="0">
+      <c r="H2" s="0"/>
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" s="0"/>
+      <c r="L2" s="0"/>
+      <c r="M2" s="0"/>
+      <c r="N2" s="0"/>
+      <c r="O2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="G2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="I2" t="s" s="0">
-[...26 lines deleted...]
-      </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>