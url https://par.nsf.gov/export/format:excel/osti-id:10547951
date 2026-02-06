--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10547951</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5194/acp-24-7041-2024</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Opinion: Optimizing climate models with process knowledge, resolution, and artificial intelligence</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Schneider, Tapio; Leung, L Ruby; Wills, Robert_C_J</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-06-19T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Atmospheric Chemistry and Physics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>7041-7062</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1680-7324</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Abstract. Accelerated progress in climate modeling is urgently needed for proactive and effective climate change adaptation. The central challenge lies in accurately representing processes that are small in scale yet climatically important, such as turbulence and cloud formation. These processes will not be explicitly resolvable for the foreseeable future, necessitating the use of parameterizations. We propose a balanced approach that leverages the strengths of traditional process-based parameterizations and contemporary artificial intelligence (AI)-based methods to model subgrid-scale processes. This strategy employs AI to derive data-driven closure functions from both observational and simulated data, integrated within parameterizations that encode system knowledge and conservation laws. In addition, increasing the resolution to resolve a larger fraction of small-scale processes can aid progress toward improved and interpretable climate predictions outside the observed climate distribution. However, currently feasible horizontal resolutions are limited to O(10 km) because higher resolutions would impede the creation of the ensembles that are needed for model calibration and uncertainty quantification, for sampling atmospheric and oceanic internal variability, and for broadly exploring and quantifying climate risks. By synergizing decades of scientific development with advanced AI techniques, our approach aims to significantly boost the accuracy, interpretability, and trustworthiness of climate predictions.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1835860</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Copernicus Publications</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>