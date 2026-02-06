--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10547966</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s11222-025-10587-w</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Hyperparameter optimization for randomized algorithms: a case study on random features</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dunbar, Oliver_R A; Nelsen, Nicholas H; Mutic, Maya</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-02-25T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Statistics and Computing</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0960-3174</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Randomized algorithms exploit stochasticity to reduce computational complexity. One important example is random feature regression (RFR) that accelerates Gaussian process regression (GPR). RFR approximates an unknown function with a random neural network whose hidden weights and biases are sampled from a probability distribution. Only the final output layer is fit to data. In randomized algorithms like RFR, the hyperparameters that characterize the sampling distribution greatly impact performance, yet are not directly accessible from samples. This makes optimization of hyperparameters via standard (gradient-based) optimization tools inapplicable. Inspired by Bayesian ideas from GPR, this paper introduces a random objective function that is tailored for hyperparameter tuning of vector-valued random features. The objective is minimized with ensemble Kalman inversion (EKI). EKI is a gradient-free particle-based optimizer that is scalable to high-dimensions and robust to randomness in objective functions. A numerical study showcases the new black-box methodology to learn hyperparameter distributions in several problems that are sensitive to the hyperparameter selection: two global sensitivity analyses, integrating a chaotic dynamical system, and solving a Bayesian inverse problem from atmospheric dynamics. The success of the proposed EKI-based algorithm for RFR suggests its potential for automated optimization of hyperparameters arising in other randomized algorithms.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1835860</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Springer Nature</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>