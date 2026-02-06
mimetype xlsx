--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10548056</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3660807</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Do Large Language Models Pay Similar Attention Like Human Programmers When Generating Code?</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kou, Bonan; Chen, Shengmai; Wang, Zhijie; Ma, Lei; Zhang, Tianyi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-07-12T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Software Engineering</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>FSE</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2261 to 2284</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2994-970X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Large Language Models (LLMs) have recently been widely used for code generation. Due to the complexity and opacity of LLMs, little is known about how these models generate code. We made the first attempt to bridge this knowledge gap by investigating whether LLMs attend to the same parts of a task description as human programmers during code generation. An analysis of six LLMs, including GPT-4, on two popular code generation benchmarks revealed a consistent misalignment between LLMs' and programmers' attention. We manually analyzed 211 incorrect code snippets and found five attention patterns that can be used to explain many code generation errors. Finally, a user study showed that model attention computed by a perturbation-based method is often favored by human programmers. Our findings highlight the need for human-aligned LLMs for better interpretability and programmer trust.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2333736</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>