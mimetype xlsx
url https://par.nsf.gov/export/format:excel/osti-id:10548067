--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2024-10-09T04:00:00Z</t>
   </si>
   <si>
     <t>The Astrophysical Journal</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>0004-637X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Minifilament eruptions producing small jets and microflares have mostly been studied based on coronal observations at extreme-ultraviolet and X-ray wavelengths. This study presents chromospheric plasma diagnostics of a quiet-Sun minifilament of size ∼ 2″ × 5″ with a sigmoidal shape and an associated microflare observed on 2021 August 7 17:00 UT using high temporal and spatial resolution spectroscopy from the Fast Imaging Solar Spectrograph (FISS) and high-resolution magnetograms from the Near InfraRed Imaging Spectropolarimeter (NIRIS) installed on the 1.6 m Goode Solar Telescope at Big Bear Solar Observatory. Using FISS H&lt;italic&gt;α&lt;/italic&gt;and Ca&lt;sc&gt;ii&lt;/sc&gt;8542 Å line spectra at the time of the minifilament activation we determined a temperature of 8600 K and a nonthermal speed of 7.9 km s&lt;sup&gt;−1&lt;/sup&gt;. During the eruption, the minifilament was no longer visible in the Ca&lt;sc&gt;ii&lt;/sc&gt;8542 Å line, and only the H&lt;italic&gt;α&lt;/italic&gt;line spectra were used to find the temperature of the minifilament, which reached 1.2 × 10&lt;sup&gt;4&lt;/sup&gt;K and decreased afterward. We estimated thermal energy of 3.6 × 10&lt;sup&gt;24&lt;/sup&gt;erg from the maximum temperature and kinetic energy of 2.6 × 10&lt;sup&gt;24&lt;/sup&gt;erg from the rising speed (18 km s&lt;sup&gt;−1&lt;/sup&gt;) of the minifilament. From the NIRIS magnetograms we found small-scale flux emergence and cancellation coincident with the minifilament eruption, and the magnetic energy change across the conjugate footpoints reaches 7.2 × 10&lt;sup&gt;25&lt;/sup&gt;erg. Such spectroscopic diagnostics of the chromospheric minifilament complement earlier studies of minifilament eruptions made using coronal images.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2309939; 2108235; 2229064</t>
+    <t>2309939; 2108235; 2229064; 2114201</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Article No. 123</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>DOI PREFIX: 10.3847</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>