--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10548078</t>
   </si>
   <si>
     <t>https://doi.org/10.1177/14614448221099233</t>
   </si>
   <si>
     <t>Red flags, sob stories, and scams: The contested meaning of governance on carework labor platforms</t>
   </si>
   <si>
-    <t>Ticona, Julia [University of Pennsylvania, USA] (ORCID:0000000289231969)</t>
+    <t>Ticona, Julia (ORCID:0000000289231969)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-07-09T04:00:00Z</t>
   </si>
   <si>
     <t>New Media &amp; Society</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>1461-4448</t>
   </si>
   <si>
     <t>&lt;p&gt;Labor platform scams are an opportunity to integrate scholarship about governance across social media and labor platforms. Labor platforms have borrowed governance mechanisms from social media to cultivate trust among users and remove problematic content. However, while these platforms may share governance strategies, labor platforms mediate employment relationships between workers and clients with different amounts of power. Based on a multistakeholder ethnography of carework labor platforms, online careworker forums, and interviews, this study describes scams on carework labor platforms. Labor platforms narrate workers into the role of technology consumers, constricting their own obligations to workers. Workers’ explanations of scams vary, with some contesting and others aligning with platform narratives. Some workers seek support in online forums, which remediate the harm of scams for some but also enroll workers in unpaid labor. These scams challenge the assumption of antagonism between the interests of workers and platform companies and highlight the consumerization of work.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>