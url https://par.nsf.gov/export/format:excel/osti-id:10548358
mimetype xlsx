--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10548358</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1137/24M1648703</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Operator Learning Using Random Features: A Tool for Scientific Computing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Nelsen, Nicholas H; Stuart, Andrew M</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>SIAM Review</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>535-571</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0036-1445</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Supervised operator learning centers on the use of training data, in the form of input-output pairs, to estimate maps between infinite-dimensional spaces. It is emerging as apowerful tool to complement traditional scientific computing, which may often be framedin terms of operators mapping between spaces of functions. Building on the classical ran-dom features methodology for scalar regression, this paper introduces the function-valuedrandom features method. This leads to a supervised operator learning architecture thatis practical for nonlinear problems yet is structured enough to facilitate efficient trainingthrough the optimization of a convex, quadratic cost. Due to the quadratic structure, thetrained model is equipped with convergence guarantees and error and complexity bounds,properties that are not readily available for most other operator learning architectures. Atits core, the proposed approach builds a linear combination of random operators. Thisturns out to be a low-rank approximation of an operator-valued kernel ridge regression al-gorithm, and hence the method also has strong connections to Gaussian process regression.The paper designs function-valued random features that are tailored to the structure oftwo nonlinear operator learning benchmark problems arising from parametric partial differ-ential equations. Numerical results demonstrate the scalability, discretization invariance,and transferability of the function-valued random features method.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1835860</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Society for Industrial and Applied Mathematics</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>