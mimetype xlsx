--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,184 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="44">
-[...132 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -198,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10548458</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1371/journal.pone.0288157</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>FedDNA: Federated learning using dynamic node alignment</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Shuwen; Zhu, Xingquan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Donta, Praveen Kumar</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-07-03T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>PLOS ONE</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>e0288157</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1932-6203</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Federated Learning (FL), as a new computing framework, has received significant attentions recently due to its advantageous in preserving data privacy in training models with superb performance. During FL learning, distributed sites first learn respective parameters. A central site will consolidate learned parameters, using average or other approaches, and disseminate new weights across all sites to carryout next round of learning. The distributed parameter learning and consolidation repeat in an iterative fashion until the algorithm converges or terminates. Many FL methods exist to aggregate weights from distributed sites, but most approaches use a static node alignment approach, where nodes of distributed networks are statically assigned, in advance, to match nodes and aggregate their weights. In reality, neural networks, especially dense networks, have nontransparent roles with respect to individual nodes. Combined with random nature of the networks, static node matching often does not result in best matching between nodes across sites. In this paper, we propose, FedDNA, a&lt;italic&gt;dynamic node alignment&lt;/italic&gt;federated learning algorithm. Our theme is to find best matching nodes between different sites, and then aggregate weights of matching nodes for federated learning. For each node in a neural network, we represent its weight values as a vector, and use a distance function to find most similar nodes,&lt;italic&gt;i.e.&lt;/italic&gt;, nodes with the smallest distance from other sides. Because finding best matching across all sites are computationally expensive, we further design a minimum spanning tree based approach to ensure that a node from each site will have matched peers from other sites, such that the total pairwise distances across all sites are minimized. Experiments and comparisons demonstrate that FedDNA outperforms commonly used baseline, such as FedAvg, for federated learning.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1763452</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Public Library of Science (PLOS)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>