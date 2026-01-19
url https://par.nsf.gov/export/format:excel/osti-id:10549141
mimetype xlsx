--- v0 (2025-11-03)
+++ v1 (2026-01-19)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10549141</t>
   </si>
   <si>
     <t>https://doi.org/10.1177/2379298119852313</t>
   </si>
   <si>
     <t>Advancing STEM-Based Business Sustainability: Mending the Curricular Gap</t>
   </si>
   <si>
-    <t>Petrun_Sayers, Elizabeth_L [RAND Corporation, Santa Monica, CA, USA]; Craig, Christopher_A [Murray State University, Murray, KY, USA] (ORCID:0000000302938353); Gilbertz, Susan [Montana State University Billings, Billings, MT, USA]; Feng, Song [University of Arkansas, Fayetteville, AR, USA]; Karam, Rita_T [RAND Corporation, Santa Monica, CA, USA]; Bohman, Angelena [RAND Corporation, Santa Monica, CA, USA]</t>
+    <t>Petrun_Sayers, Elizabeth_L; Craig, Christopher_A (ORCID:0000000302938353); Gilbertz, Susan; Feng, Song; Karam, Rita_T; Bohman, Angelena</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2019-06-11T04:00:00Z</t>
   </si>
   <si>
     <t>Management Teaching Review</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2379-2981</t>
   </si>
   <si>
     <t>&lt;p&gt;Businesses are increasingly facing economic, social, and environmental sustainability challenges. Science, technology, engineering, and math (STEM) are needed to address business sustainability needs, yet such competencies are noticeably absent from academic literature and business curricula. To mend the curricular gap, we make the case for developing cross-disciplinary STEM-based business sustainability curricula that enhance students’ sustainability literacy and cognitive abilities related to STEM and sustainability. A literature review is provided that documents curricular gaps specific to STEM and sustainability in the academic literature and in business sustainability program offerings. We then present a framework that can be used to integrate STEM and sustainability across the curricula and to evaluate curricular implementation. This review provides timely and relevant information that can help business management educators, instructors, and administrators justify, design, develop, implement, and evaluate STEM-based business sustainability curricula.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>