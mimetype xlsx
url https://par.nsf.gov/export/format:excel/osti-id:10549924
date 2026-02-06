--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10549924</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1016/j.str.2024.04.010</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>DR-BERT: A protein language model to annotate disordered regions</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Nambiar, Ananthan; Forsyth, John Malcolm; Liu, Simon; Maslov, Sergei</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Structure</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1260 to 1268.e3</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0969-2126</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Despite their lack of a rigid structure, intrinsically disordered regions (IDRs) in proteins play important roles in cellular functions, including mediating protein-protein interactions. Therefore, it is important to computationally annotate IDRs with high accuracy. In this study, we present Disordered Region prediction using Bidirectional Encoder Representations from Transformers (DR-BERT), a compact protein language model. Unlike most popular tools, DR-BERT is pretrained on unannotated proteins and trained to predict IDRs without relying on explicit evolutionary or biophysical data. Despite this, DR-BERT demonstrates significant improvement over existing methods on the Critical Assessment of protein Intrinsic Disorder (CAID) evaluation dataset and outperforms competitors on two out of four test cases in the CAID 2 dataset, while maintaining competitiveness in the others. This performance is due to the information learned during pretraining and DR- BERT’s ability to use contextual information.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2107344</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Cell Press</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>