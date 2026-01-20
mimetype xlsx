--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2024-10-22T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of Geophysical Research: Atmospheres</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>2169-897X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;sec&gt;&lt;label/&gt;&lt;p&gt;Global Storm Resolving Models (GSRMs) provide a way to understand weather and climate events across scales for better‐informed climate impacts. In this work, we apply the recently developed and validated CAM (Community Atmosphere Model)—MPAS (Model for Prediction Across Scales) modeling framework, based on the open‐source Community Earth System Model (CESM2), to examine the tropical convection features at the storm resolving scale over the Maritime Continent region at 3 km horizontal spacing. We target two global numerical experiments during the winter season of 2018 for comparison with observation in the region. We focus on the investigation of the representations of the convective systems, precipitation statistics, and tropical cyclone behaviors. We found that regional‐refined experiments show more accurate precipitation distributions, diurnal cycles, and better agreement with observations for tropical cyclone features in terms of intensity and strength statistics. We expect the exploration of this work will further advance the development and use of the storm‐resolving model in precipitation predictions across scales.&lt;/p&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2005137</t>
+    <t>2005137; 2126458</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>DOI PREFIX: 10.1029</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>