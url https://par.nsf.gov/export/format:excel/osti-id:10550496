--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10550496</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/ele.14500</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Relationship Between Maturation Size and Maximum Tree Size From Tropical to Boreal Climates</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Journé, Valentin; Bogdziewicz, Michał; Courbaud, Benoit; Kunstler, Georges; Qiu, Tong; Acuña, Marie‐Claire Aravena; Ascoli, Davide; Bergeron, Yves; Berveiller, Daniel; Boivin, Thomas; Bonal, Raul; Caignard, Thomas; Cailleret, Maxime; Calama, Rafael; Camarero, J Julio; Chang‐Yang, Chia‐Hao; Chave, Jerome; Chianucci, Francesco; Curt, Thomas; Cutini, Andrea; Das, Adrian; Daskalakou, Evangelia; Davi, Hendrik; Delpierre, Nicolas; Delzon, Sylvain; Dietze, Michael; Calderon, Sergio Donoso; Dormont, Laurent; Espelta, Josep Maria; Farfan‐Rios, William; Fenner, Michael; Franklin, Jerry; Gehring, Catherine; Gilbert, Gregory; Gratzer, Georg; Greenberg, Cathryn H; Guignabert, Arthur; Guo, Qinfeng; Hacket‐Pain, Andrew; Hampe, Arndt; Han, Qingmin; Hanley, Mick E; Lambers, Janneke Hille Ris; Holík, Jan; Hoshizaki, Kazuhiko; Ibanez, Ines; Johnstone, Jill F; Knops, Johannes M H; Kobe, Richard K; Kurokawa, Hiroko; Lageard, Jonathan; LaMontagne, Jalene; Ledwon, Mateusz; Lefèvre, François; Leininger, Theodor; Limousin, Jean‐Marc; Lutz, James; Macias, Diana; Mårell, Anders; McIntire, Eliot; Moran, Emily V; Motta, Renzo; Myers, Jonathan; Nagel, Thomas A; Naoe, Shoji; Noguchi, Mahoko; Norghauer, Julian; Oguro, Michio; Ourcival, Jean‐Marc; Parmenter, Robert; Pearse, Ian; Pérez‐Ramos, Ignacio M; Piechnik, Łukasz; Podgórski, Tomasz; Poulsen, John; Redmond, Miranda D; Reid, Chantal D; Samonil, Pavel; Scher, C Lane; Schlesinger, William H; Seget, Barbara; Sharma, Shubhi; Shibata, Mitsue; Silman, Miles; Steele, Michael; Stephenson, Nathan; Straub, Jacob; Sutton, Samantha; Swenson, Jennifer J; Swift, Margaret; Thomas, Peter A; Uriarte, Maria; Vacchiano, Giorgio; Whipple, Amy; Whitham, Thomas; Wright, S Joseph; Zhu, Kai; Zimmerman, Jess; Żywiec, Magdalena; Clark, James S</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Ecology Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1461-023X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;p&gt;The fundamental trade‐off between current and future reproduction has long been considered to result in a tendency for species that can grow large to begin reproduction at a larger size. Due to the prolonged time required to reach maturity, estimates of tree maturation size remain very rare and we lack a global view on the generality and the shape of this trade‐off. Using seed production from five continents, we estimate tree maturation sizes for 486 tree species spanning tropical to boreal climates. Results show that a species' maturation size increases with maximum size, but in a non‐proportional way: the largest species begin reproduction at smaller sizes than would be expected if maturation were simply proportional to maximum size. Furthermore, the decrease in relative maturation size is steepest in cold climates. These findings on maturation size drivers are key to accurately represent forests' responses to disturbance and climate change.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1754435; 2224776; 1754647; 2244711; 2306198; 1754668; 2325527; 2211767; 2211766; 1754632</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>