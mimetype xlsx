--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10552023</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s11426-024-2344-0</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Mechanochemistry of cyclobutanes</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Obregon, Roberto; Wang, Junpeng</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-11T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Science China Chemistry</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1674-7291</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The field of polymer mechanochemistry has been revolutionized by implementing force-responsive functional groups—mechanophores. The rational design of mechanophores enables the controlled use of force to achieve constructive molecular reactivity and material responses. While a variety of mechanophores have been developed, this Mini Review focuses on cyclobutane, which has brought valuable insights into molecular reactivity and dynamics as well as innovations in materials. We discuss its reactivity and mechanism, dynamics and stereoselectivity, as well as impacts on material properties.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2204079</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Springer Nature</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>