--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2024-10-24T04:00:00Z</t>
   </si>
   <si>
     <t>Small</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>1613-6810</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;The distinct molecular states — single molecule, assembly, and aggregate — of two ionic macromolecules, TPPE‐APOSS and TPE‐APOSS, are easily distinguishable through their tunable fluorescence emission wavelengths, which reflect variations in intermolecular distances. Both ionic macromolecules contain aggregation‐induced emission (AIE) active moieties whose emission wavelengths are directly correlated to their mutual distances in solution: far away from each other as individual molecules, maintaining a tunable and relatively long distance in electrostatic interactions‐controlled blackberry‐type assemblies (microphase separation), or approaching van der Waals close distance in aggregates (macrophase separation). Furthermore, within the blackberry assemblies, the emission wavelength decreases monotonically with increasing assembly size, indicative of shorter intermolecular distances at nanoscale. The emission changes of TPPE‐APOSS blackberry assemblies can even be visually distinguishable by eyes when their sizes and intermolecular distances are tuned. Molecular dynamics simulations further revealed that macromolecules are confined in various conformations by controllable intermolecular distances within the blackberry structure, thereby resulting in fluorescence emission with tunable wavelength.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2215190</t>
+    <t>2215190; 2106196</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>