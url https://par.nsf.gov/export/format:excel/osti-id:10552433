--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10552433</t>
   </si>
   <si>
     <t>https://doi.org/10.1177/25152459241268249</t>
   </si>
   <si>
     <t>A Response to a Comment on Hall et al. (2024)</t>
   </si>
   <si>
-    <t>Schmidt, Kathleen [Department of Psychology, Ashland University, Ashland, Ohio] (ORCID:0000000299465953); Haeffel, Gerald_J [Department of Psychology, University of Notre Dame, Notre Dame, Indiana] (ORCID:0000000240291493); Levy, Neil [Department of Philosophy, Macquarie University, Sydney, Australia, Uehiro Centre for Practical Ethics, University of Oxford, Oxford, England] (ORCID:0000000256791986); Moreau, David [School of Psychology, University of Auckland, Auckland, New Zealand, Centre for Brain Research, University of Auckland, Auckland, New Zealand] (ORCID:0000000219571941); Lee, Sean_T_H [School of Social and Health Sciences, James Cook University, Singapore] (ORCID:0000000240599738); Buchanan, Erin_M [Analytics, Harrisburg University of Science and Technology, Harrisburg, Pennsylvania] (ORCID:0000000296894189); Krafnick, Anthony_J [Department of Psychology, Dominican University, River Forest, Illinois] (ORCID:0000000216920413); Voracek, Martin [Department of Cognition, Emotion, and Methods in Psychology, Faculty of Psychology, University of Vienna, Vienna, Austria] (ORCID:0000000161096155); Pfuhl, Gerit [Department of Psychology, Norwegian University of Science and Technology, Trondheim, Norway]; Barzykowski, Krystian [Institute of Psychology, Faculty of Philosophy, Jagiellonian University, Krakow, Poland]; Kowal, Marta [IDN Being Human Lab - Institute of Psychology, University of Wrocław, Wrocław, Poland] (ORCID:0000000190501471); Wagge, Jordan [School of Psychology, Avila University, Kansas City, Missouri] (ORCID:0000000251052084)</t>
+    <t>Schmidt, Kathleen (ORCID:0000000299465953); Haeffel, Gerald_J (ORCID:0000000240291493); Levy, Neil (ORCID:0000000256791986); Moreau, David (ORCID:0000000219571941); Lee, Sean_T_H (ORCID:0000000240599738); Buchanan, Erin_M (ORCID:0000000296894189); Krafnick, Anthony_J (ORCID:0000000216920413); Voracek, Martin (ORCID:0000000161096155); Pfuhl, Gerit; Barzykowski, Krystian; Kowal, Marta (ORCID:0000000190501471); Wagge, Jordan (ORCID:0000000251052084)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-10-28T04:00:00Z</t>
   </si>
   <si>
     <t>Advances in Methods and Practices in Psychological Science</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2515-2459</t>
   </si>
   <si>
     <t>Not Available</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>