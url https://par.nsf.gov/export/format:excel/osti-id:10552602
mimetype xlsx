--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10552602</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/RFID62091.2024.10582639</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Reinforcement Learning for RFID Localization</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chen, Weitung; Boroushaki, Tara; Perper, Isaac; Adib, Fadel</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-06-04T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 6</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>979-8-3503-7359-2</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We present RL2, a robotic system for efficient and accurate localization of UHF RFID tags. In contrast to past robotic RFID localization systems, which have mostly focused on location accuracy, RL2 learns how to jointly optimize the accuracy and speed of localization. To do so, it introduces a reinforcement learning-based (RL) trajectory optimization network that learns the next best trajectory for a robot-mounted reader antenna. Our algorithm encodes the aperture length and location confidence (using a synthetic-aperture-radar formulation) from multiple RFID tags into the state observations and uses them to learn the optimal trajectory. We built an end-to-end prototype of RL2 with an antenna moving on a ceiling-mounted 2D robotic track. We evaluated RL2 and demonstrated that with the median 3D localization accuracy of 0.55m, it locates multiple RFID tags 2.13x faster compared to a baseline strategy. Our results show the potential for RL-based RFID localization to enhance the efficiency of RFID inventory processes in areas spanning manufacturing, retail, and logistics.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2044711; 2313234</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Cambridge, MA, USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>