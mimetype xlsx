--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,90 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10552700</t>
-[...8 lines deleted...]
-    <t>Sun, Jingwei; Xu, Ziyue; Yang, Dong; Nath, Vishwesh; Li, Wenqi; Zhao, Can; Xu, Daguang; Chen, Yiran; Roth, Holger R</t>
+    <t>10626295</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1109/FIE61694.2024.10893203</t>
+  </si>
+  <si>
+    <t>WIP: Introducing Semiconductors in a High School Calculus Class: A Pilot Implementation</t>
+  </si>
+  <si>
+    <t>Mehraban, Haniye; Ash, Andrew; Dyke, Erin; Hu, John</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2023-10-01T04:00:00Z</t>
-[...5 lines deleted...]
-    <t>979-8-3503-0718-4</t>
+    <t>2024-10-13T04:00:00Z</t>
+  </si>
+  <si>
+    <t>1 to 5</t>
+  </si>
+  <si>
+    <t>1539-4565</t>
+  </si>
+  <si>
+    <t>979-8-3503-5150-7</t>
+  </si>
+  <si>
+    <t>This work-in-progress research-to-practice paper presents the development and pilot implementation of curriculum that introduces semiconductor contents in a high school calculus class. The demand for chips soared through the COVID-19 pandemic, exposing our country's semiconductor manufacturing and supply chain risks. The need to reassert US semiconductor leadership will require training a well-educated workforce, starting at the K-12 level. Meanwhile, K-12 STEM teachers often juggle the conflicting requirements of standardized tests and the need to cultivate 21st-century skills, deeper learning, and transferable knowledge, among others. This paper presents a pilot implementation that could address both problems. Selected teachers attended an NSF-funded Research Experience for Teachers (RET) summer program to learn about chip design basics. They also received curriculum development support to design new modules on semiconductor topics that would attract their students' interests.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2112562; 2140247</t>
-[...2 lines deleted...]
-    <t>2023</t>
+    <t>2206941</t>
+  </si>
+  <si>
+    <t>2024</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>IEEE</t>
   </si>
   <si>
-    <t>Paris, France</t>
+    <t>Washington, DC, USA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -293,78 +299,82 @@
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" s="0"/>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="L2" s="0"/>
+      <c r="L2" t="s" s="0">
+        <v>33</v>
+      </c>
       <c r="M2" t="s" s="0">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="N2" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="N2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X2" t="s" s="0">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>