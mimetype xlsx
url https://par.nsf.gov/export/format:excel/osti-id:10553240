--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10553240</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1029/2023EF004300</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Quantifying the Impact of Internal Variability on the CESM2 Control Algorithm for Stratospheric Aerosol Injection</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Connolly, Charlotte; Prewett, Emily; Barnes, Elizabeth A; Hurrell, James W</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Earth's Future</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2328-4277</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Earth system models are powerful tools to simulate the climate response to hypothetical climate intervention strategies, such as stratospheric aerosol injection (SAI). Recent simulations of SAI implement a tool from control theory, called a controller, to determine the quantity of aerosol to inject into the stratosphere to reach or maintain specified global temperature targets, such as limiting global warming to 1.5°C above pre‐industrial temperatures. This work explores how internal (unforced) climate variability can impact controller‐determined injection amounts using the Assessing Responses and Impacts of Solar climate intervention on the Earth system with Stratospheric Aerosol Injection (ARISE‐SAI) simulations. Since the ARISE‐SAI controller determines injection amounts by comparing global annual‐mean surface temperature to predetermined temperature targets, internal variability that impacts temperature can impact the total injection amount as well. Using an offline version of the ARISE‐SAI controller and data from Earth system model simulations, we quantify how internal climate variability and volcanic eruptions impact injection amounts. While idealized, this approach allows for the investigation of a large variety of climate states without additional simulations and can be used to attribute controller sensitivities to specific modes of internal variability.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1749261</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Earth's Future</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>