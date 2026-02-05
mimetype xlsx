--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10553551</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1609/hcomp.v12i1.31608</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>User Profiling in Human-AI Design: An Empirical Case Study of Anchoring Bias, Individual Differences, and AI Attitudes</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Nourani, Mahsan; Hashky, Amal; Ragan, Eric D</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-10-15T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the AAAI Conference on Human Computation and Crowdsourcing</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>137 to 146</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2769-1330</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>People form perceptions and interpretations of AI through external sources prior to their interaction with new technology. For example, shared anecdotes and media stories influence prior beliefs that may or may not accurately represent the true nature of AI systems. We hypothesize people's prior perceptions and beliefs will affect human-AI interactions and usage behaviors when using new applications. This paper presents a user experiment to explore the interplay between user's pre-existing beliefs about AI technology, individual differences, and previously established sources of cognitive bias from first impressions with an interactive AI application. We employed questionnaire measures as features to categorize users into profiles based on their prior beliefs and attitudes about technology. In addition, participants were assigned to one of two controlled conditions designed to evoke either positive or negative first impressions during an AI-assisted judgment task using an interactive application. The experiment and results provide empirical evidence that profiling users by surveying them on their prior beliefs and differences can be a beneficial approach for bias (and/or unanticipated usage) mitigation instead of seeking one-size-fits-all solutions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1900767</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The AAAI Press</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>