--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -116,51 +116,51 @@
   <si>
     <t>Integrating Data Science Into Undergraduate Science and Engineering Courses: Lessons Learned by Instructors in a Multiuniversity Research–Practice Partnership</t>
   </si>
   <si>
     <t>Naseri, Md Yunus; Snyder, Caitlin; Pérez-Rivera, Katherine X; Bhandari, Sambridhi; Workneh, Habtamu Alemu; Aryal, Niroj; Biswas, Gautam; Henrick, Erin C; Hotchkiss, Erin R; Jha, Manoj K; Jiang, Steven; Kern, Emily C; Lohani, Vinod K; Marston, Landon T; Vanags, Christopher P; Xia, Kang</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>IEEE Transactions on Education</t>
   </si>
   <si>
     <t>1 to 12</t>
   </si>
   <si>
     <t>0018-9359</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1915538; 1915487</t>
+    <t>1915538; 1915487; 1915268</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>IEEE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>