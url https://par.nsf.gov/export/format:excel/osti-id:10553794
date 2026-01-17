--- v0 (2025-10-31)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,90 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10553794</t>
-[...8 lines deleted...]
-    <t>Du, Jin-Hong; Chen, Tianyu; Gao, Ming; Wang, Jingshu</t>
+    <t>10461760</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1093/mnras/stab739</t>
+  </si>
+  <si>
+    <t>A study of the long-term activity of five intermediate polars with accretion discs</t>
+  </si>
+  <si>
+    <t>Šimon, Vojtěch</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-09-10T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>Trajectory inference methods are essential for analyzing the developmental paths of cells in single-cell sequencing datasets. It provides insights into cellular differentiation, transitions, and lineage hierarchies, helping unravel the dynamic processes underlying development and disease progression. However, many existing tools lack a coherent statistical model and reliable uncertainty quantification, limiting their utility and robustness. In this paper, we introduce VITAE (Variational Inference for Trajectory by AutoEncoder), a statistical approach that integrates a latent hierarchical mixture model with variational autoencoders to infer trajectories. The statistical hierarchical model enhances the interpretability of our framework, while the posterior approximations generated by our variational autoencoder ensure computational efficiency and provide uncertainty quantification of cell projections along trajectories. Specifically, VITAE enables simultaneous trajectory inference and data integration, improving the accuracy of learning a joint trajectory structure in the presence of biological and technical heterogeneity across datasets. We show that VITAE outperforms other state-of-the-art trajectory inference methods on both real and synthetic data under various trajectory topologies. Furthermore, we apply VITAE to jointly analyze three distinct single-cell RNA sequencing datasets of the mouse neocortex, unveiling comprehensive developmental lineages of projection neurons. VITAE effectively reduces batch effects within and across datasets and uncovers finer structures that might be overlooked in individual datasets. Additionally, we showcase VITAE’s efficacy in integrative analyses of multiomic datasets with continuous cell population structures.</t>
+    <t>2021-05-26T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Monthly Notices of the Royal Astronomical Society</t>
+  </si>
+  <si>
+    <t>505</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>161 to 171</t>
+  </si>
+  <si>
+    <t>0035-8711</t>
+  </si>
+  <si>
+    <t>ABSTRACT            Intermediate polars (IPs) are cataclysmic variables with mildly magnetized white dwarfs (WDs). This analysis of the long-term optical activity of five examples of IPs with accretion discs used data from the Catalina Real-time Transient Survey, Digital Access to a Sky Century @ Harvard (DASCH) and the American Association of Variable Star Observers (AAVSO). It is shown that each of these IPs had their most preferred value of absolute magnitude Mopt, even if it significantly varied on the superorbital time-scale. The values of Mopt of these IPs were in the zone of thermal-viscous instability (TVI) of the disc most of the time. The properties of a series of outbursts of V426 Oph can be explained by an intermittently operating TVI. The activity of TV Col and DW Cnc is interpreted as caused by a gradually variable mass inflow rate from the secondary to a cool disc. The mass transfer rate from the secondary varied on a well-determined time-scale. It is shown that Mopt of EI UMa, close to the peaks of outbursts of non-magnetic dwarf novae, fluctuated on the time-scale of days; it also produced short flares, ascribed to the bursts of matter from the donor. HY Leo, with a presumably cool disc, fluctuated between its high and low states. A temporary brightening from an extended low state is ascribed to a short, intense burst of matter from the donor to the remaining cool disc or torus.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2113646</t>
-[...2 lines deleted...]
-    <t>2024</t>
+    <t>1910561</t>
+  </si>
+  <si>
+    <t>2021</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -299,79 +302,79 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" s="0"/>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>