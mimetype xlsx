--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -113,51 +113,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>CHEF: A Framework for Deploying Heterogeneous Models on Clusters with Heterogeneous FPGAs</t>
   </si>
   <si>
     <t>Tang, Yue; Song, Yukai; Elango, Naveena; Priya, Sheena R; Jones, Alex K; Xiong, Jinjun; Zhou, Peipei; Hu, Jingtong</t>
   </si>
   <si>
     <t>2024-10-01T04:00:00Z</t>
   </si>
   <si>
     <t>IEEE TRANSACTIONS ON COMPUTER-AIDED DESIGN OF INTEGRATED CIRCUITS AND SYSTEMS</t>
   </si>
   <si>
     <t>1937-4151</t>
   </si>
   <si>
     <t>DNNs are rapidly evolving from streamlined singlemodality single-task (SMST) to multi-modality multi-task (MMMT) with large variations for different layers and complex data dependencies among layers. To support such models, hardware systems also evolved to be heterogeneous. The heterogeneous system comes from the prevailing trend to integrate diverse accelerators into the system for lower latency. FPGAs have high computation density and communication bandwidth and are configurable to be deployed with different designs of accelerators, which are widely used for various machinelearning applications. However, scaling from SMST to MMMT on heterogeneous FPGAs is challenging since MMMT has much larger layer variations, a massive number of layers, and complex data dependency among different backbones. Previous mapping algorithms are either inefficient or over-simplified which makes them impractical in general scenarios. In this work, we propose CHEF to enable efficient implementation of MMMT models in realistic heterogeneous FPGA clusters, i.e. deploying heterogeneous accelerators on heterogeneous FPGAs (A2F) and mapping the heterogeneous DNNs on the deployed heterogeneous accelerators (M2A). We propose CHEF-A2F, a two-stage accelerators-toFPGAs deployment approach to co-optimize hardware deployment and accelerator mapping. In addition, we propose CHEFM2A, which can support general and practical cases compared to previous mapping algorithms. To the best of our knowledge, this is the first attempt to implement MMMT models in real heterogeneous FPGA clusters. Experimental results show that the latency obtained with CHEF is near-optimal while the search time is 10000X less than exhaustively searching the optimal solution.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2328972; 2324864; 2213701; 2217003</t>
+    <t>2328972; 2324864; 2213701; 2217003; 2324937</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>IEEE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>