--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10553922</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3649811</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Quantum Control Machine: The Limits of Control Flow in Quantum Programming</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yuan, Charles; Villanyi, Agnes; Carbin, Michael</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-04-29T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Programming Languages</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>OOPSLA1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 28</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2475-1421</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Quantum algorithms for tasks such as factorization, search, and simulation rely on control flow such as branching and iteration that depends on the value of data in superposition. High-level programming abstractions for control flow, such as switches, loops, higher-order functions, and continuations, are ubiquitous in classical languages. By contrast, many quantum languages do not provide high-level abstractions for control flow in superposition, and instead require the use of hardware-level logic gates to implement such control flow.&lt;/p&gt; &lt;p&gt;The reason for this gap is that whereas a classical computer supports control flow abstractions using a program counter that can depend on data, the typical architecture of a quantum computer does not analogously provide a program counter that can depend on data in superposition. As a result, the complete set of control flow abstractions that can be correctly realized on a quantum computer has not yet been established.&lt;/p&gt; &lt;p&gt;In this work, we provide a complete characterization of the properties of control flow abstractions that are correctly realizable on a quantum computer. First, we prove that even on a quantum computer whose program counter exists in superposition, one cannot correctly realize control flow in quantum algorithms by lifting the classical conditional jump instruction to work in superposition. This theorem denies the ability to directly lift general abstractions for control flow such as the λ-calculus from classical to quantum programming.&lt;/p&gt; &lt;p&gt;In response, we present the necessary and sufficient conditions for control flow to be correctly realizable on a quantum computer. We introduce the quantum control machine, an instruction set architecture featuring a conditional jump that is restricted to satisfy these conditions. We show how this design enables a developer to correctly express control flow in quantum algorithms using a program counter in place of logic gates.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1751011</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>