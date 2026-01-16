--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2024-11-06T05:00:00Z</t>
   </si>
   <si>
     <t>The Astrophysical Journal</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>0004-637X</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;We present a velocity-resolved reverberation mapping analysis of the hypervariable quasar RM160 (SDSS J141041.25+531849.0) at&lt;italic&gt;z&lt;/italic&gt;= 0.359 with 153 spectroscopic epochs of data representing a 10 yr baseline (2013–2023). We split the baseline into two regimes based on the 3× flux increase in the light curve: a “low state” phase during the years 2013–2019 and a “high state” phase during the years 2022–2023. The velocity-resolved lag profiles (VRLPs) indicate that gas with different kinematics dominates the line emission in different states. The H&lt;italic&gt;β&lt;/italic&gt;VRLP begins with a signature of inflow onto the broad-line region (BLR) in the low state, while in the high state it is flatter with less signature of inflow. The H&lt;italic&gt;α&lt;/italic&gt;VRLP begins consistent with a virialized BLR in the low state, while in the high state shows a signature of inflow. The differences in the kinematics between the Balmer lines and between the low state and the high state suggests complex BLR dynamics. We find that the BLR radius and velocity (both FWHM and&lt;italic&gt;σ&lt;/italic&gt;) do not obey a constant virial product throughout the monitoring period. We find that the BLR lags and continuum luminosity are correlated, consistent with rapid response of the BLR gas to the illuminating continuum. The BLR kinematic profile changes in unpredictable ways that are not related to continuum changes and reverberation lag. Our observations indicate that nonvirial kinematics can significantly contribute to observed line profiles, suggesting caution for black hole mass estimation in luminous and highly varying quasars like RM160.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2108668; 2009539; 1945546; 2310211; 2009947</t>
+    <t>2108668; 2009539; 1945546; 2310211; 2009947; 2309930</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Article No. 239</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>DOI PREFIX: 10.3847</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>