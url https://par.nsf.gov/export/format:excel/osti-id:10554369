--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10554369</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/LES.2024.3465408</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Toward Dynamism in Distributed Lingua Franca Programs</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jerad, Chadlia; Lee, Edward A</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-20T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Embedded Systems Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 1</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1943-0663</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Distributed systems often require dynamic capabilities to ensure adaptability, efficiency, and fault-tolerance. In applications where determinism and timing are crucial, a clear and well-defined approach to deterministic dynamism is much needed, but inherently difficult to define. This work gives dynamism deterministic semantics, thus enabling precise and repeatable  behavior. To this end, we select the Lingua Franca (LF) coordination language that is based on the reactor model, and introduce dynamism to the distributed LF programs, referred to as federations. This paper outlines the challenges associated with incorporating transient federates, which are capable of joining and leaving the federation at arbitrary times, and proposes solutions to the identified problems. A realistic example of an online auction system is used to illustrate the approach. Furthermore, the potential applications of this mechanism are discussed, along with the challenges that need to be addressed.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2233769</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>