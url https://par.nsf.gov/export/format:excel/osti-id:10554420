--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10554420</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1021/acscatal.3c05989</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Catalytic Reaction Triggered by Magnetic Induction Heating Mechanistically Distinguishes Itself from the Standard Thermal Reaction</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Adogwa, Alexander; Chukwu, Ewa; Malaj, Alexander; Punyapu, Venkata R; Chamness, Owen; Glisson, Nicolas; Bruce, Bridget; Lee, Sungsik; Zachman, Michael J; Bruce, David A; Getman, Rachel B; Mefford, O Thompson; Yang, Ming</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-15T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACS Catalysis</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>4008 to 4017</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2155-5435</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>As a recent advancement in reaction engineering, magnetic induction heating (MIH) is utilized to initiate the intended reactions by enabling the self-heating of the ferromagnetic catalyst particles. While MIH can be energy-efficient and industrially scalable, its full potential has been underappreciated in catalysis because of the perception that MIH is merely an alternative heating approach. Unexpectedly, we show that the MIH-triggered reaction could go beyond standard thermal catalysis. Specifically, by probing the representative Pt/Fe3O4 catalysts with CO oxidation in both thermal and MIH modes with consistent temperature profiles and catalyst structures, we found that the MIH mode boosts the reactivity more than 25 times by modifying Pt−FeOx interfacial synergies and promoting facile oxidation of the adsorbed carbonyl species by atomic oxygen. As we preliminarily observed, this beneficial MIH catalysis can be translational to other thermal reactions, potentially paving the way to launch MIH catalysis as a distinct reaction category.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2146591</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Chemical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>