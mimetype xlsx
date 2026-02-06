--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10554507</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Surveying Sidewalk Materials for and by Individuals Who Are Blind or Have Low Vision: Audio Data Collection and Classification</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liu, J; Lam, W P; Zhu, Z; Tang, H</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-03-27T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Navigating safely and independently presents considerable challenges for people who are blind or have low vision (BLV), as it re- quires a comprehensive understanding of their neighborhood environments. Our user study reveals that understanding sidewalk materials and objects on the sidewalks plays a crucial role in navigation tasks. This paper presents a pioneering study in the field of navigational aids for BLV individuals. We investigate the feasibility of using auditory data, specifically the sounds produced by cane tips against various sidewalk materials, to achieve material identification. Our approach utilizes ma- chine learning and deep learning techniques to classify sidewalk materials solely based on audio cues, marking a significant step towards empowering BLV individuals with greater autonomy in their navigation. This study contributes in two major ways: Firstly, a lightweight and practical method is developed for volunteers or BLV individuals to autonomously collect auditory data of sidewalk materials using a microphone-equipped white cane. This innovative approach transforms routine cane usage into an effective data-collection tool. Secondly, a deep learning-based classifier algorithm is designed that leverages a dual architecture to enhance audio feature extraction. This includes a pre-trained Convolutional Neural Network (CNN) for regional feature extraction from two-dimensional Mel-spectrograms and a booster module for global feature enrichment.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1827505; 2131186</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Conference on SMART MULTIMEDIA</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>