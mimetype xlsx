--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10554634</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1257/aer.20230478</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Data, Competition, and Digital Platforms</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bergemann, Dirk; Bonatti, Alessandro</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>American Economic Review</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>114</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2553 to 2595</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0002-8282</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;A monopolist platform uses data to match heterogeneous consumers with multiproduct sellers. The consumers can purchase the products on the platform or search off the platform. The platform sells targeted ads to sellers that recommend their products to consumers and reveals information to consumers about their match values. The revenue-optimal mechanism is a managed advertising campaign that matches products and preferences efficiently. In equilibrium, sellers offer higher qualities at lower unit prices on than off platform. The platform exploits its information advantage to increase its bargaining power vis-à-vis the sellers. Finally, privacy-respecting data-governance rules can lead to welfare gains for consumers. (JEL D11, D42, D44, D82, D83, M37)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1948336; 1948692</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Economic Association</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>