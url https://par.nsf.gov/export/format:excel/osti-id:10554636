--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2024-11-04T05:00:00Z</t>
   </si>
   <si>
     <t>Monthly Notices of the Royal Astronomical Society</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>0035-8711</t>
   </si>
   <si>
     <t>&lt;title&gt;ABSTRACT&lt;/title&gt;
  &lt;p&gt;This is the second in a series of papers in which we use JWST Mid Infrared Instrument multiband imaging to measure the warm dust emission in a sample of 31 multiply imaged quasars, to be used as a probe of the particle nature of dark matter. We present measurements of the relative magnifications of the strongly lensed warm dust emission in a sample of nine systems. The warm dust region is compact and sensitive to perturbations by populations of haloes down to masses $\sim 10^6$ M$_{\odot }$. Using these warm dust flux-ratio measurements in combination with five previous narrow-line flux-ratio measurements, we constrain the halo mass function. In our model, we allow for complex deflector macromodels with flexible third- and fourth-order multipole deviations from ellipticity, and we introduce an improved model of the tidal evolution of subhaloes. We constrain a WDM model and find an upper limit on the half-mode mass of $10^{7.6}\, {\rm M}_\odot$ at posterior odds of 10:1. This corresponds to a lower limit on a thermally produced dark matter particle mass of 6.1 keV. This is the strongest gravitational lensing constraint to date, and comparable to those from independent probes such as the Ly $\alpha$ forest and Milky Way satellite galaxies.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2210283; 2205100</t>
+    <t>2210283; 2205100; 2442975; 2206315</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>p. 1652-1671</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Oxford University Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>