--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10554879</t>
   </si>
   <si>
     <t>https://doi.org/10.1021/acs.jpca.4c05458</t>
   </si>
   <si>
     <t>Probing the Electronic Manifold of MgCl with Millimeter-Wave Spectroscopy and Theory: (3) &lt;sup&gt;2&lt;/sup&gt; Σ &lt;sup&gt;+&lt;/sup&gt; and (4) &lt;sup&gt;2&lt;/sup&gt; Σ &lt;sup&gt;+&lt;/sup&gt; States</t>
   </si>
   <si>
-    <t>Herman, T_J [Department of Chemistry and Biochemistry, University of Arizona, 1305 East Fourth Street, Tucson, Arizona 85719, United States]; Ravi, R. [Department of Chemistry and Biochemistry, University of Arizona, 1305 East Fourth Street, Tucson, Arizona 85719, United States] (ORCID:0000000292046270); Schuurman, M_S [Department of Chemistry and Biomolecular Sciences, National Research Council of Canada, Ottawa, ON K1A 0R6,Canada]; DeYonker, N_J [Department of Chemistry, University of Memphis, Memphis, Tennessee 38152, United States] (ORCID:0000000304352006); Field, R_W [Department of Chemistry, Massachusetts Institute of Technology, Cambridge, Massachusetts 02139, United States] (ORCID:0000000276094205); Ziurys, L_M [Department of Chemistry and Biochemistry, University of Arizona, 1305 East Fourth Street, Tucson, Arizona 85719, United States, Department of Astronomy and Steward Observatory, University of Arizona, 1305 East Fourth Street, Tucson, Arizona 85719, United States]</t>
+    <t>Herman, T_J; Ravi, R. (ORCID:0000000292046270); Schuurman, M_S; DeYonker, N_J (ORCID:0000000304352006); Field, R_W (ORCID:0000000276094205); Ziurys, L_M</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-11-13T05:00:00Z</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry A</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>1089-5639</t>
   </si>
   <si>
     <t>Not Available</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>