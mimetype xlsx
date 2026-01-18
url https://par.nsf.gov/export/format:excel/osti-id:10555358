--- v0 (2025-11-03)
+++ v1 (2026-01-18)
@@ -101,66 +101,66 @@
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10555358</t>
   </si>
   <si>
     <t>https://doi.org/10.1109/TCC.2024.3482865</t>
   </si>
   <si>
     <t>Group Formation and Sampling in Group-Based Hierarchical Federated Learning</t>
   </si>
   <si>
     <t>Liu, Jiyao; Liu, Xuanzhang; Wei, Xinliang; Gao, Hongchang; Wang, Yu</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-01-01T05:00:00Z</t>
+    <t>2024-10-17T04:00:00Z</t>
   </si>
   <si>
     <t>IEEE Transactions on Cloud Computing</t>
   </si>
   <si>
     <t>1 to 14</t>
   </si>
   <si>
     <t>2372-0018</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2006604</t>
+    <t>2006604; 2128378</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>IEEE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>