--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10555909</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1115/1.4067086</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Ontology-guided Data Sharing and Federated Quality Control with Differential Privacy in Additive Manufacturing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yhdego, Tsegai; Wang, Hui; Chi, Hongmei; Yu, Zhibin</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Wang, Yan; Yang, Hui</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-07T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Computing and Information Science in Engineering</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 15</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1530-9827</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The scarcity of measured data for defect identification often challenges the development and certification of additive manufacturing processes. Knowledge transfer and sharing have become emerging solutions to small-data challenges in quality control to improve machine learning with limited data, but this strategy raises concerns regarding privacy protection. Existing zero-shot learning and federated learning methods are insufficient to represent, select, and mask data to share and control privacy loss quantification. This study integrates differential privacy in cybersecurity with federated learning to investigate sharing strategies of manufacturing defect ontology. The method first proposes using multilevel attributes masked by noise in defect ontology as the sharing data structure to characterize manufacturing defects. Information leaks due to the sharing of ontology branches and data are estimated by epsilon differential privacy (DP). Under federated learning, the proposed method optimizes sharing defect ontology and image data strategies to improve zero-shot defect classification given privacy budget limits. The proposed framework includes (1) developing a sharing strategy based on multilevel attributes in defect ontology with controllable privacy leaks, (2) optimizing joint decisions in differential privacy, zero-shot defect classification, and federated learning, and (3) developing a two-stage algorithm to solve the joint optimization, combining stochastic gradient descent search for classification models and an evolutionary algorithm for exploring data-sharing strategies. A case study on zero-shot learning of additive manufacturing defects demonstrated the effectiveness of the proposed method in data-sharing strategies, such as ontology sharing, defect classification, and cloud information use.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1901109</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Society of Mechanical Engineers</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>