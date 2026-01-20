--- v0 (2025-10-31)
+++ v1 (2026-01-20)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-09-20T04:00:00Z</t>
   </si>
   <si>
     <t>Science Advances</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>2375-2548</t>
   </si>
   <si>
     <t>&lt;p&gt;The South American summer monsoon (SASM) profoundly influences tropical South America’s climate, yet understanding its low-frequency variability has been challenging. Climate models and oxygen isotope data have been used to examine the SASM variability over the last millennium (LM) but have, at times, provided conflicting findings, especially regarding its mean-state change from the Medieval Climate Anomaly to the Little Ice Age. Here, we use a paleoclimate data assimilation (DA) method, combining model results and δ&lt;sup&gt;18&lt;/sup&gt;O observations, to produce a δ&lt;sup&gt;18&lt;/sup&gt;O-enabled, dynamically coherent, and spatiotemporally complete austral summer hydroclimate reconstruction over the LM for tropical South America at 5-year resolution. This reconstruction aligns with independent hydroclimate and δ&lt;sup&gt;18&lt;/sup&gt;O records withheld from the DA, revealing a centennial-scale SASM intensification during the MCA-LIA transition period, associated with the southward shift of the Atlantic Intertropical Convergence Zone and the strengthening Pacific Walker circulation (PWC). This highlights the necessity of accurately representing the PWC in climate models to predict future SASM changes.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1743738; 2402113</t>
+    <t>1743738; 2402113; 2103041</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>