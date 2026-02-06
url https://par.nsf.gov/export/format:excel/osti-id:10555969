--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10555969</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s10994-023-06510-x</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>An encoding approach for stable change point detection</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Xiaodong; Hsieh, Fushing</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Machine Learning</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>113</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>4133 to 4163</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0885-6125</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Without imposing prior distributional knowledge underlying multivariate time series of interest, we propose a nonparametric change-point detection approach to estimate the number of change points and their locations along the temporal axis. We develop a structural subsampling procedure such that the observations are encoded into multiple sequences of Bernoulli variables. A maximum likelihood approach in conjunction with a newly developed searching algorithm is implemented to detect change points on each Bernoulli process separately. Then, aggregation statistics are proposed to collectively synthesize change-point results from all individual univariate time series into consistent and stable location estimations. We also study a weighting strategy to measure the degree of relevance for different subsampled groups. Simulation studies are conducted and shown that the proposed change-point methodology for multivariate time series has favorable performance comparing with currently available state-of-the-art nonparametric methods under various settings with different degrees of complexity. Real data analyses are finally performed on categorical, ordinal, and continuous time series taken from fields of genetics, climate, and finance.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1934568</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Springer Nature</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>