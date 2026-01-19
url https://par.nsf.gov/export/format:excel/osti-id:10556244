--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-10-11T04:00:00Z</t>
   </si>
   <si>
     <t>Science</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>6718</t>
   </si>
   <si>
     <t>0036-8075</t>
   </si>
   <si>
     <t>&lt;p&gt;Gravity-driven sinking of “marine snow” sequesters carbon in the ocean, constituting a key biological pump that regulates Earth’s climate. A mechanistic understanding of this phenomenon is obscured by the biological richness of these aggregates and a lack of direct observation of their sedimentation physics. Utilizing a scale-free vertical tracking microscopy in a field setting, we present microhydrodynamic measurements of freshly collected marine snow aggregates from sediment traps. Our observations reveal hitherto-unknown comet-like morphology arising from fluid-structure interactions of transparent exopolymer halos around sinking aggregates. These invisible comet tails slow down individual particles, greatly increasing their residence time. Based on these findings, we constructed a reduced-order model for the Stokesian sedimentation of these mucus-embedded two-phase particles, paving the way toward a predictive understanding of marine snow.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2021032</t>
+    <t>2021032; 2025777</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>AAAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>