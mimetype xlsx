--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -86,99 +86,99 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10556514</t>
-[...8 lines deleted...]
-    <t>Liyanage, Yuganthi R; Mirsaleh_Kohan, Leila; Martcheva, Maia; Tuncer, Necibe</t>
+    <t>10542909</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.microrel.2023.115224</t>
+  </si>
+  <si>
+    <t>Automated endpointing in microelectronics failure analysis using laser induced breakdown spectroscopy</t>
+  </si>
+  <si>
+    <t>Hoveida, Pouria; Phoulady, Adrian; Choi, Hongbin; Suleiman, Yara; May, Nicholas; Moore, Toni; Shahbazmohamadi, Sina; Tavousi, Pouya</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-09-01T04:00:00Z</t>
-[...17 lines deleted...]
-    <t>&lt;p&gt;This study examines the interactions between healthy target cells, infected target cells, virus particles, and immune cells within an HIV model. The model exhibits two equilibrium points: an infection-free equilibrium and an infection equilibrium. Stability analysis shows that the infection-free equilibrium is locally asymptotically stable when R0&lt;1. Further, it is unstable when R0&gt;1. The infection equilibrium is locally asymptotically stable when R0&gt;1. The structural and practical identifiabilities of the within-host model for HIV infection dynamics were investigated using differential algebra techniques and Monte Carlo simulations. The HIV model was structurally identifiable by observing the total uninfected and infected target cells, immune cells, and viral load. Monte Carlo simulations assessed the practical identifiability of parameters. The production rate of target cells (λ), the death rate of healthy target cells (d), the death rate of infected target cells (δ), and the viral production rate by infected cells (π) were practically identifiable. The rate of infection of target cells by the virus (β), the death rate of infected cells by immune cells (Ψ), and antigen-driven proliferation rate of immune cells (b) were not practically identifiable. Practical identifiability was constrained by the noise and sparsity of the data. Analysis shows that increasing the frequency of data collection can significantly improve the identifiability of all parameters. This highlights the importance of optimal data sampling in HIV clinical studies, as it determines the best time points, frequency, and the number of sample points required to accurately capture the dynamics of the HIV infection within a host.&lt;/p&gt;</t>
+    <t>2023-11-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Microelectronics Reliability</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>C</t>
+  </si>
+  <si>
+    <t>115224</t>
+  </si>
+  <si>
+    <t>0026-2714</t>
+  </si>
+  <si>
+    <t>Failure analysis of microelectronics is essential to identify the root cause of a device’s failure and prevent future failures. This process often requires removing material from the device sample to reach the region of interest, which can be done through various destructive methods, such as mechanical polishing, chemical etching, focused ion beam milling, and laser machining. Among these, laser machining offers a unique combination of speed, precision, and controllability to achieve a high-throughput, highly targeted material removal. In using lasers for processing of microelectronic samples, a much-desired capability is automated endpointing which is crucial for minimizing manual checks and improving the overall process throughput. In this paper, we propose to integrate laser-induced breakdown spectroscopy (LIBS), as a fast and high-precision material detection and process control means, into an ultrashort pulsed laser machining system, to enable vertical endpointing for sample preparation and failure analysis of microelectronics. The capabilities of the proposed system have been demonstrated through several sample processing examples.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1951626</t>
-[...2 lines deleted...]
-    <t>2024</t>
+    <t>1916756</t>
+  </si>
+  <si>
+    <t>2023</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
-    <t>https://www.mdpi.com/2227-7390/12/18/2837</t>
+    <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>