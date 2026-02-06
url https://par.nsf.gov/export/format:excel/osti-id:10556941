--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10556941</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1029/2024EF004811</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Adaptation and Response in Drylands (ARID): Community Insights for Scoping a NASA Terrestrial Ecology Field Campaign in Drylands</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Feldman, Andrew F; Reed, Sasha; Amaral, Cibele; Babst‐Kostecka, Alicja; Babst, Flurin; Biederman, Joel; Devine, Charles; Fu, Zheng; Green, Julia K; Guo, Jessica; Hanan, Niall P; Kokaly, Raymond; Litvak, Marcy; MacBean, Natasha; Moore, David; Ojima, Dennis; Poulter, Benjamin; Scott, Russell L; Smith, William K; Swap, Robert; Tucker, Compton J; Wang, Lixin; Watts, Jennifer; Wessels, Konrad; Zhang, Fangyue; Zhang, Wen</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Earth's Future</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2328-4277</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Dryland ecosystems cover 40% of our planet's land surface, support billions of people, and are responding rapidly to climate and land use change. These expansive systems also dominate core aspects of Earth's climate, storing and exchanging vast amounts of water, carbon, and energy with the atmosphere. Despite their indispensable ecosystem services and high vulnerability to change, drylands are one of the least understood ecosystem types, partly due to challenges studying their heterogeneous landscapes and misconceptions that drylands are unproductive “wastelands.” Consequently, inadequate understanding of dryland processes has resulted in poor model representation and forecasting capacity, hindering decision making for these at‐risk ecosystems. NASA satellite resources are increasingly available at the higher resolutions needed to enhance understanding of drylands' heterogeneous spatiotemporal dynamics. NASA's Terrestrial Ecology Program solicited proposals for scoping a multi‐year field campaign, of which Adaptation and Response in Drylands (ARID) was one of two scoping studies selected. A primary goal of the scoping study is to gather input from the scientific and data end‐user communities on dryland research gaps and data user needs. Here, we provide an overview of the ARID team's community engagement and how it has guided development of our framework. This includes an ARID kickoff meeting with over 300 participants held in October 2023 at the University of Arizona to gather input from data end‐users and scientists. We also summarize insights gained from hundreds of follow‐up activities, including from a tribal‐engagement focused workshop in New Mexico, conference town halls, intensive roundtables, and international engagements.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2025166; 2153040; 1655499</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>