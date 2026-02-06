--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...57 lines deleted...]
-        <v>37</v>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10556946</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Ecogeomorphic Interactions in Drylands: Aeolian Processes</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Fischella, Michael Raymond</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Dryland environments are experiencing shifting ecogeomorphic patterns due to climatic changes and anthropogenic activities, resulting in a shift from grasslands to shrub-dominated landscapes. This dissertation investigates the effects from increasingly variable monsoonal precipitation and ecogeomorphic connectivity on perennial grass growth, litter distribution, and soil organic matter in drylands, with a focus on grass-shrub ecotones. Field experiments were conducted in the Chihuahuan Desert at the Jornada Basin Long-Term Ecological Research (LTER) site using a precipitation manipulation system and connectivity modifiers (ConMods) to assess their effects on plant productivity, recruitment, and soil nutrient distribution. Results show that reducing connectivity, combined with increased monsoonal precipitation, can enhance perennial grass productivity and recruitment, and affect the distribution of soil organic matter and non-photosynthetic vegetation. These findings contribute to our understanding of how aeolian processes and shifting precipitation regimes will shape vegetation patterns and soil properties in dryland environments under future climate scenarios. This research provides insights into potential mitigation strategies for combating shrub encroachment and promoting the sustainability of dryland ecosystems.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2025166</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Posted Content</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ProQuest</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t>University of California, Los Angeles</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>