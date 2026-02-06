--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10556965</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/EDUCON54358.2023.10125124</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Impact of Smartphone-Based Interactive Learning Modules on Cybersecurity Learning at the High-School Level</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Sudha, Sai Sushmitha; Bandreddi, Jyothi Priyanka; Podila, Laxmi Mounika; Govindula, Ramesh; Richardson, Austin; Niyaz, Quamar; Yang, Xiaoli; Javaid, Ahmad Y</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 10</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>979-8-3503-9943-1</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The increasing use of computer technologies to perform everyday activities simplifies living, but brings the underlying cybersecurity concern to the fore. Due to the accessibility of smartphones, many teenagers are “online” for significant hours in a day. Many middle and high school students have been victims of a cybercrime through online activities. Additionally, various incidents of Internet fraud have been reported where teenagers are persuaded to buy games, music, and videos without realizing they are falling for a scam or disclosing their credit card information. Studies have shown that implementing a successful security awareness camp is crucial in boosting cybersecurity and attracting talent to this domain. This paper discusses our efforts on creating smartphone apps in the context of cyber-security to encourage safe use of apps and raise awareness among teenagers. The strategy used is to develop apps with the intention of closing security gaps. By doing this, teenagers gain a wealth of information about cybersecurity. This work aims to develop students' problem-solving skills and create a cybersecurity mindset for dealing with real-world cybersecurity-related problems such as malware or phishing assaults and to promote interest in cybersecurity careers among high school students utilizing smartphone-based interactive learning modules. We also examine gender-specific patterns and evaluate whether students' cybersecurity problem-solving skills have improved due to this novel intervention.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1903419</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Kuwait, Kuwait</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>